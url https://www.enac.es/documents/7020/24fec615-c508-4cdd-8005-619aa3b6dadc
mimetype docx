--- v0 (2025-12-22)
+++ v1 (2026-03-23)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="15645276" w14:textId="77777777" w:rsidR="0099672B" w:rsidRDefault="0099672B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="283"/>
           <w:tab w:val="left" w:pos="566"/>
           <w:tab w:val="left" w:pos="849"/>
           <w:tab w:val="left" w:pos="1132"/>
           <w:tab w:val="left" w:pos="1417"/>
           <w:tab w:val="left" w:pos="1700"/>
           <w:tab w:val="left" w:pos="1983"/>
           <w:tab w:val="left" w:pos="2266"/>
           <w:tab w:val="left" w:pos="2550"/>
           <w:tab w:val="left" w:pos="2834"/>
           <w:tab w:val="left" w:pos="3117"/>
           <w:tab w:val="left" w:pos="3400"/>
           <w:tab w:val="left" w:pos="3684"/>
           <w:tab w:val="left" w:pos="3967"/>
           <w:tab w:val="left" w:pos="4251"/>
           <w:tab w:val="left" w:pos="4534"/>
           <w:tab w:val="left" w:pos="4818"/>
           <w:tab w:val="left" w:pos="5101"/>
           <w:tab w:val="left" w:pos="5384"/>
           <w:tab w:val="left" w:pos="5668"/>
@@ -223,179 +223,162 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC473F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="007C17B5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Firmado por el representante legal de la entidad).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1564527D" w14:textId="3DDA3937" w:rsidR="00F1023E" w:rsidRPr="00DC473F" w:rsidDel="00624B3C" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
+    <w:p w14:paraId="1564527E" w14:textId="686C6DD7" w:rsidR="00F1023E" w:rsidRPr="00DC473F" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC473F" w:rsidDel="00624B3C">
+      <w:r w:rsidRPr="00DC473F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Sección </w:t>
       </w:r>
+      <w:r w:rsidR="0036325F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DC473F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...34 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: Información para la evaluación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1564527E" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRPr="00DC473F" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
+    <w:p w14:paraId="1564527F" w14:textId="22BECEFD" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC473F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Sección 3: Información para la evaluación.</w:t>
+        <w:t xml:space="preserve">Sección </w:t>
+      </w:r>
+      <w:r w:rsidR="0036325F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6E04">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tratamiento de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>datos personales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1564527F" w14:textId="03BAA4F2" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
+    <w:p w14:paraId="15645280" w14:textId="0D177962" w:rsidR="00F1023E" w:rsidRPr="00DC473F" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC473F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sección 4: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB6E04">
+        <w:t xml:space="preserve">Sección </w:t>
+      </w:r>
+      <w:r w:rsidR="0036325F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tratamiento de </w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>datos personales</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Sección 5: Datos para la facturación </w:t>
+        <w:t xml:space="preserve">: Datos para la facturación </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15645281" w14:textId="77777777" w:rsidR="00B95C6C" w:rsidRDefault="00B95C6C">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
@@ -598,197 +581,116 @@
         <w:t>nosotros. Estaremos encantados de ayudarle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156452A5" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRPr="00892813" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="60"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="156452A6" w14:textId="2E3BC9F6" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
+    <w:p w14:paraId="156452A6" w14:textId="2971B251" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="60" w:after="40"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00655973">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">La solicitud debe remitirse en </w:t>
-[...120 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">La solicitud debe remitirse </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52D2F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">firmada </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA08FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>digitalmente</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52D2F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al correo </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="008142AC" w:rsidRPr="008142AC">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>operaciones@enac.es</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="156452A7" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRPr="00655973" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="60" w:after="40"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="156452A8" w14:textId="6CF907C7" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="60" w:after="40"/>
         <w:ind w:left="426" w:hanging="426"/>
@@ -1219,51 +1121,51 @@
       </w:r>
       <w:r w:rsidRPr="005B512C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a la atención del técnico responsable del expediente</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005B512C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> por correo electrónico a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="005B512C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>secent@enac.es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005B512C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B512C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -1401,51 +1303,50 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="156452B3" w14:textId="5B3E9458" w:rsidR="00F1023E" w:rsidRPr="005976BF" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005976BF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SECCIÓN 1: SOLICITUD</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> DE </w:t>
       </w:r>
       <w:r w:rsidR="00567CD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">SUPERVISIÓN DE ACTUACIÓN </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156452B4" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRPr="005976BF" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
@@ -1512,52 +1413,50 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -1607,51 +1506,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> con cargo: </w:t>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Texto2"/>
+      <w:bookmarkStart w:id="1" w:name="Texto2"/>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
@@ -1702,101 +1601,101 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> D.N.I. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nº</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Texto3"/>
+      <w:bookmarkStart w:id="2" w:name="Texto3"/>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
@@ -1847,51 +1746,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00E3053A" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>representante legal de</w:t>
       </w:r>
       <w:r w:rsidR="00E3053A" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
@@ -1955,51 +1854,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Texto29"/>
+      <w:bookmarkStart w:id="3" w:name="Texto29"/>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
@@ -2050,51 +1949,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="156452BA" w14:textId="76848B5B" w:rsidR="00F1023E" w:rsidRPr="007576DE" w:rsidRDefault="00E3053A" w:rsidP="006C5B29">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Código/número de identificación fiscal</w:t>
@@ -2104,51 +2003,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="Texto30"/>
+      <w:bookmarkStart w:id="4" w:name="Texto30"/>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -2199,51 +2098,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="156452BB" w14:textId="1DD419AE" w:rsidR="00F1023E" w:rsidRPr="007576DE" w:rsidRDefault="00E3053A" w:rsidP="006C5B29">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Con documento de acreditación/autorización número</w:t>
       </w:r>
@@ -2252,51 +2151,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto31"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="Texto31"/>
+      <w:bookmarkStart w:id="5" w:name="Texto31"/>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
@@ -2347,51 +2246,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="156452BC" w14:textId="0B2AA8B6" w:rsidR="00F1023E" w:rsidRPr="007576DE" w:rsidRDefault="00E3053A" w:rsidP="006C5B29">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emitido por (organismo de acreditación o autorización)</w:t>
       </w:r>
@@ -2400,51 +2299,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="Texto32"/>
+      <w:bookmarkStart w:id="6" w:name="Texto32"/>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
@@ -2495,93 +2394,93 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E" w:rsidRPr="007576DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="156452BD" w14:textId="1E25B05F" w:rsidR="00F1023E" w:rsidRPr="00347280" w:rsidRDefault="00E3053A" w:rsidP="006C5B29">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vigente hasta</w:t>
       </w:r>
       <w:r w:rsidR="00F1023E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="Texto4"/>
+      <w:bookmarkStart w:id="7" w:name="Texto4"/>
       <w:r w:rsidR="00F1023E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00F1023E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F1023E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00F1023E">
         <w:rPr>
@@ -2614,325 +2513,168 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F1023E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00F1023E" w:rsidRPr="00347280">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156452BE" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38B86D56" w14:textId="77777777" w:rsidR="006C5B29" w:rsidRDefault="006C5B29" w:rsidP="00F1023E">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="156452BF" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
+    <w:p w14:paraId="156452BF" w14:textId="1C874890" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005976BF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">SOLICITA: </w:t>
       </w:r>
-      <w:r w:rsidRPr="001C52FC">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="156452C0" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="156452C1" w14:textId="7C94E0DF" w:rsidR="00F1023E" w:rsidRPr="005976BF" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
-[...5 lines deleted...]
-        <w:ind w:left="567" w:hanging="567"/>
+    <w:p w14:paraId="156452C1" w14:textId="1050F2F7" w:rsidR="00F1023E" w:rsidRPr="00AC7C00" w:rsidRDefault="00E3053A" w:rsidP="00AC7C00">
+      <w:pPr>
+        <w:pStyle w:val="Encabezado"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:iCs/>
-[...123 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Someter su actuación como Verificador Medioambiental a la supervisión de ENAC (PE-ENAC-VMA/02) tal y como está previsto en el artículo 24 del Reglamento (CE) Nº 1221/2009</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1023E" w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="16474A79" w14:textId="77777777" w:rsidR="006C5B29" w:rsidRDefault="006C5B29" w:rsidP="00F1023E">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1219"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="156452C5" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRPr="005976BF" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1219"/>
@@ -3177,51 +2919,51 @@
       <w:r w:rsidRPr="00DC473F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cumpliendo las condiciones de pago establecidas</w:t>
       </w:r>
       <w:r w:rsidRPr="008601B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en el documento de tarifas</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC473F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156452C9" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRPr="00A650DB" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
+    <w:p w14:paraId="156452C9" w14:textId="0C85A9E7" w:rsidR="00F1023E" w:rsidRPr="00A650DB" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="1418"/>
           <w:tab w:val="clear" w:pos="1980"/>
           <w:tab w:val="clear" w:pos="2217"/>
           <w:tab w:val="clear" w:pos="2534"/>
           <w:tab w:val="clear" w:pos="2772"/>
           <w:tab w:val="clear" w:pos="3089"/>
           <w:tab w:val="clear" w:pos="3405"/>
           <w:tab w:val="clear" w:pos="3643"/>
           <w:tab w:val="clear" w:pos="3960"/>
           <w:tab w:val="clear" w:pos="4197"/>
           <w:tab w:val="clear" w:pos="4514"/>
           <w:tab w:val="clear" w:pos="4752"/>
           <w:tab w:val="clear" w:pos="5069"/>
           <w:tab w:val="clear" w:pos="5385"/>
           <w:tab w:val="clear" w:pos="5623"/>
           <w:tab w:val="clear" w:pos="5940"/>
@@ -3236,51 +2978,67 @@
           <w:tab w:val="clear" w:pos="10771"/>
           <w:tab w:val="clear" w:pos="11325"/>
           <w:tab w:val="clear" w:pos="11880"/>
           <w:tab w:val="clear" w:pos="12434"/>
           <w:tab w:val="clear" w:pos="12989"/>
           <w:tab w:val="clear" w:pos="15840"/>
           <w:tab w:val="clear" w:pos="16560"/>
           <w:tab w:val="clear" w:pos="17280"/>
           <w:tab w:val="clear" w:pos="18000"/>
           <w:tab w:val="clear" w:pos="18720"/>
           <w:tab w:val="left" w:pos="1219"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A650DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Conocer y aceptar lo dispuesto en la Sección 4 </w:t>
+        <w:t xml:space="preserve">Conocer y aceptar lo dispuesto en la Sección </w:t>
+      </w:r>
+      <w:r w:rsidR="000E26D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A650DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A650DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>en relación a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A650DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> la LOPD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156452CA" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRPr="001C52FC" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2520"/>
           <w:tab w:val="left" w:pos="567"/>
@@ -3344,51 +3102,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="Texto7"/>
+      <w:bookmarkStart w:id="8" w:name="Texto7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
@@ -3439,97 +3197,97 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00F057C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> con DNI </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F057C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nº</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F057C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Texto8"/>
+      <w:bookmarkStart w:id="9" w:name="Texto8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -3571,95 +3329,95 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F057C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y cargo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Texto9"/>
+      <w:bookmarkStart w:id="10" w:name="Texto9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -3701,51 +3459,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F057C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">como interlocutor con ENAC en todo lo relativo al proceso y alcance de la </w:t>
       </w:r>
       <w:r w:rsidR="0037746C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>supervisión</w:t>
@@ -3831,184 +3589,50 @@
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1308352025"/>
           <w:placeholder>
             <w:docPart w:val="A75578E39EDC475996721E50D291DD1B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="es-ES"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B77EF1">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Haga clic aquí para escribir una fecha.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="156452CE" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRPr="005976BF" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
-[...132 lines deleted...]
-    </w:p>
     <w:p w14:paraId="156452CF" w14:textId="77777777" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="00F1023E">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="4544" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -4085,229 +3709,128 @@
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="156452F5" w14:textId="77777777" w:rsidR="007374DB" w:rsidRDefault="00F530C3" w:rsidP="007374DB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F530C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1564530F" w14:textId="1D632DB1" w:rsidR="00F1023E" w:rsidRDefault="00F1023E" w:rsidP="007A40EB">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00817819">
+    <w:p w14:paraId="2767C3B3" w14:textId="77777777" w:rsidR="007A40EB" w:rsidRDefault="007A40EB" w:rsidP="000E1134">
+      <w:pPr>
+        <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1564535E" w14:textId="23BA3201" w:rsidR="000E1134" w:rsidRDefault="000E1134" w:rsidP="000E1134">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED5C7D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A40EB">
+        <w:t xml:space="preserve">SECCIÓN </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2C20">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">CERTIFICADO DE ACREDITACIÓN COMO VERIFICADOR MEDIOAMBIENTAL </w:t>
-[...58 lines deleted...]
-        <w:widowControl/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5C7D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E1134" w:rsidRPr="00ED5C7D">
+        <w:t>INFORMACIÓN PARA LA EVALUACIÓN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1564535F" w14:textId="77777777" w:rsidR="000E1134" w:rsidRDefault="000E1134" w:rsidP="000E1134">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">SECCIÓN </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E1134">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52CB71BC" w14:textId="77777777" w:rsidR="007A40EB" w:rsidRPr="00817819" w:rsidRDefault="007A40EB" w:rsidP="000E1134">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...18 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1564535F" w14:textId="77777777" w:rsidR="000E1134" w:rsidRDefault="000E1134" w:rsidP="000E1134">
-[...19 lines deleted...]
-    <w:p w14:paraId="73429A68" w14:textId="16C78921" w:rsidR="00F42395" w:rsidRPr="00F42395" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="73429A68" w14:textId="16C78921" w:rsidR="00F42395" w:rsidRPr="00AC7C00" w:rsidRDefault="00F42395" w:rsidP="00F42395">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:leader="dot" w:pos="237"/>
           <w:tab w:val="left" w:leader="dot" w:pos="554"/>
           <w:tab w:val="left" w:leader="dot" w:pos="871"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1109"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1425"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1663"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1980"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2217"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2534"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2772"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3089"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3405"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3643"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3960"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4197"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4514"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4752"/>
@@ -4317,69 +3840,73 @@
           <w:tab w:val="left" w:leader="dot" w:pos="5940"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6177"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6811"/>
           <w:tab w:val="left" w:leader="dot" w:pos="7365"/>
           <w:tab w:val="left" w:leader="dot" w:pos="7920"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8474"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9029"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9583"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10137"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10771"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref536504840"/>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref536504840"/>
+      <w:r w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Datos de la organización objeto de la verificación y validación: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D2A7A32" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="5D2A7A32" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="005B0380">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:leader="dot" w:pos="237"/>
           <w:tab w:val="left" w:leader="dot" w:pos="554"/>
           <w:tab w:val="left" w:leader="dot" w:pos="871"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1109"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1425"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1663"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1980"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2217"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2534"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2772"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3089"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3405"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3643"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3960"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4197"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4514"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4752"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5069"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5385"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5623"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5940"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6177"/>
@@ -4432,51 +3959,51 @@
       <w:r w:rsidRPr="00EC2615">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e la organización: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Texto16"/>
+      <w:bookmarkStart w:id="12" w:name="Texto16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -4518,138 +4045,259 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="419EB817" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="010921BA" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="005B0380">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-709"/>
           <w:tab w:val="left" w:leader="dot" w:pos="-284"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EC2615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dirección completa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto35"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="Texto35"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="010921BA" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="29F53BBE" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="005B0380">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-709"/>
           <w:tab w:val="left" w:leader="dot" w:pos="-284"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC2615">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Dirección completa</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>Persona de contacto y correo electrónico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto35"/>
+            <w:name w:val="Texto18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Texto35"/>
+      <w:bookmarkStart w:id="14" w:name="Texto18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -4691,138 +4339,258 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="565F881A" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="1C97028F" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="005B0380">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-709"/>
           <w:tab w:val="left" w:leader="dot" w:pos="-284"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EC2615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Actividades dentro del ámbito de la verificación y validación:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto36"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="Texto36"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="29F53BBE" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="74095B0D" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="005B0380">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-709"/>
           <w:tab w:val="left" w:leader="dot" w:pos="-284"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC2615">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Persona de contacto y correo electrónico</w:t>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Clasificación de actividades con respecto al código NACE de actividades económicas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto18"/>
+            <w:name w:val="Texto20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Texto18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -4864,655 +4632,249 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="4001B55A" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="0FDB153B" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="005B0380">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-709"/>
           <w:tab w:val="left" w:leader="dot" w:pos="-284"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC2615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Centros a ser incluidos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC2615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en el ámbito de la verificación y validación (aporte la información anterior para cada uno de ellos): </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto21"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1C97028F" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="012E7961" w14:textId="391D1D8A" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="005B0380">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="-709"/>
           <w:tab w:val="left" w:leader="dot" w:pos="-284"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC2615">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Actividades dentro del ámbito de la verificación y validación:</w:t>
-[...525 lines deleted...]
-        <w:t xml:space="preserve">Número de empleados: </w:t>
+        <w:t xml:space="preserve"> Número de empleados: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="Texto37"/>
+      <w:bookmarkStart w:id="16" w:name="Texto37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -5554,51 +4916,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -5741,53 +5103,55 @@
           <w:tab w:val="left" w:leader="dot" w:pos="8474"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9029"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9583"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10137"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10771"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F42395">
+      <w:r w:rsidRPr="00AC7C00">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Fechas previstas para la verificación y validación</w:t>
       </w:r>
       <w:r w:rsidRPr="00F42395">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, incluidas las visitas del</w:t>
       </w:r>
       <w:r w:rsidR="00567CD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5850,51 +5214,51 @@
       <w:r w:rsidRPr="00F42395">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00F42395">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto44"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Texto44"/>
+      <w:bookmarkStart w:id="17" w:name="Texto44"/>
       <w:r w:rsidRPr="00F42395">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00F42395">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00F42395">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -5916,51 +5280,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F42395">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="0BD96F86" w14:textId="191CC2B8" w:rsidR="00F42395" w:rsidRPr="00EC2615" w:rsidRDefault="00F42395" w:rsidP="00F42395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:leader="dot" w:pos="871"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1109"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1425"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1701"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1980"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2217"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2534"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2772"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3089"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3405"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3643"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3960"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4197"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4514"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4752"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5069"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5385"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5623"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5940"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6177"/>
@@ -6364,71 +5728,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD52CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC2615">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Composición del equipo, con indicación de las funciones concretas de cada integrante. Detalle de las competencias del equipo, en </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> conocimiento de los requisitos legales aplicables</w:t>
+        <w:t xml:space="preserve"> Composición del equipo, con indicación de las funciones concretas de cada integrante. Detalle de las competencias del equipo, en materia  de conocimiento de los requisitos legales aplicables</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC2615">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">en materia de medio ambiente y de la lengua oficial del territorio en el que vaya a tener lugar la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6580,197 +5924,146 @@
           <w:tab w:val="left" w:leader="dot" w:pos="8474"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9029"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9583"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10137"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10771"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26607E19" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00AA07A4" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="26607E19" w14:textId="2B0017A3" w:rsidR="00F42395" w:rsidRPr="00AA07A4" w:rsidRDefault="00F42395" w:rsidP="00AC7C00">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA722B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ANEXO C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD52CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA07A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Copia del certificado o documento de acreditación o autorización como Verificador medioambiental (para la organización o las personas físicas) emitidos por el organismo de acreditación / autorización del estado de origen. Indíquese periodo de validez y alcance de la acreditación / autorización   correspondiente, en particular que demuestren que es adecuada para las actividades específicas de la organización sujeta a verificación y validación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED24A64" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00AA07A4" w:rsidRDefault="00F42395" w:rsidP="00F42395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:leader="dot" w:pos="871"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1109"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1425"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1701"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1980"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2217"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2534"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2772"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3089"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3405"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3643"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3960"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4197"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4514"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4752"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5069"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5385"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5623"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5940"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6177"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6811"/>
           <w:tab w:val="left" w:leader="dot" w:pos="7365"/>
           <w:tab w:val="left" w:leader="dot" w:pos="7920"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8474"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9029"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9583"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10137"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10771"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:spacing w:val="-3"/>
-[...99 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="447CB8D7" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00AA07A4" w:rsidRDefault="00F42395" w:rsidP="00F42395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00904A91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -6804,70 +6097,90 @@
       <w:r w:rsidRPr="00AA07A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Informes elaborados por el </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA07A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">erificador sobre actividades de auditoria de sistemas de gestión medioambiental efectuadas previamente a la auditoria de verificación y que vayan a ser utilizadas en este ámbito, por ejemplo: estudio de documentación del sistema, etc. </w:t>
+        <w:t xml:space="preserve">erificador sobre actividades de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA07A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>auditoria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA07A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de sistemas de gestión medioambiental efectuadas previamente a la auditoria de verificación y que vayan a ser utilizadas en este ámbito, por ejemplo: estudio de documentación del sistema, etc. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCBFA20" w14:textId="77777777" w:rsidR="00F42395" w:rsidRPr="00AA07A4" w:rsidRDefault="00F42395" w:rsidP="00F42395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="156453A5" w14:textId="4F479EA7" w:rsidR="00F530C3" w:rsidRPr="00FD439C" w:rsidRDefault="00F42395" w:rsidP="00F42395">
+    <w:p w14:paraId="156453A5" w14:textId="6A332C2D" w:rsidR="00F530C3" w:rsidRPr="00FD439C" w:rsidRDefault="00F42395" w:rsidP="00F42395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:leader="dot" w:pos="284"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1109"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1425"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1663"/>
           <w:tab w:val="left" w:leader="dot" w:pos="1980"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2217"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2534"/>
           <w:tab w:val="left" w:leader="dot" w:pos="2772"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3089"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3405"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3643"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3960"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4197"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4514"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4752"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5069"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5385"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5623"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5940"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6177"/>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6811"/>
@@ -6877,74 +6190,72 @@
           <w:tab w:val="left" w:leader="dot" w:pos="9029"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9583"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10137"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10771"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11325"/>
           <w:tab w:val="left" w:leader="dot" w:pos="11880"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12434"/>
           <w:tab w:val="left" w:leader="dot" w:pos="12989"/>
           <w:tab w:val="left" w:leader="dot" w:pos="15840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="16560"/>
           <w:tab w:val="left" w:leader="dot" w:pos="17280"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18000"/>
           <w:tab w:val="left" w:leader="dot" w:pos="18720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AA07A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">NOTA </w:t>
+        <w:t>NOTA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AA07A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA07A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Se recomienda al </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
@@ -6968,51 +6279,65 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156453A6" w14:textId="77777777" w:rsidR="00D770AA" w:rsidRDefault="00D770AA" w:rsidP="0007659B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="06C8E52C" w14:textId="77777777" w:rsidR="00D008B1" w:rsidRDefault="00D008B1" w:rsidP="0007659B">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p w14:paraId="156453A7" w14:textId="7B7C9984" w:rsidR="006133C2" w:rsidRPr="00621F89" w:rsidRDefault="006133C2" w:rsidP="00F42395">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00621F89">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -7034,134 +6359,153 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="156453A9" w14:textId="77777777" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En cumplimiento de la legislación de Prevención de Riesgos Laborales, en materia de coordinación de actividades empresariales (R.D. 171/2004), y con el único objetivo de informar a los miembros del equipo auditor sobre los riesgos para la seguridad y la salud, y las medidas de protección, prevención y emergencia aplicables en las instalaciones donde se llevará a cabo la evaluación, previamente a la visita de evaluación y una vez les comuniquemos la composición del equipo auditor, deberán facilitarnos dicha información a la siguiente dirección de correo electrónico: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>secent@enac.es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156453AA" w14:textId="77777777" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156453AD" w14:textId="12DFD9E3" w:rsidR="006133C2" w:rsidRPr="005B512C" w:rsidRDefault="006133C2" w:rsidP="006133C2">
+    <w:p w14:paraId="156453AD" w14:textId="418CD3B9" w:rsidR="006133C2" w:rsidRPr="005B512C" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B512C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CB6E04">
+        <w:t xml:space="preserve">SECCIÓN </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2C20">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">TRATAMIENTO DE </w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="005B512C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6E04">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRATAMIENTO DE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B512C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">DATOS PERSONALES. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156453AE" w14:textId="77777777" w:rsidR="006133C2" w:rsidRPr="00F057C3" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77E29A49" w14:textId="77777777" w:rsidR="00CB6E04" w:rsidRDefault="00CB6E04" w:rsidP="00CB6E04">
       <w:pPr>
         <w:pStyle w:val="Prrafo"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Los datos personales incluidos en la presente solicitud serán tratados por ENAC, como responsable del tratamiento, con la finalidad de gestionar el proceso de acreditación solicitado. Este tratamiento es llevado a cabo por ENAC en ejercicio de sus funciones de Organismo Nacional de Acreditación y </w:t>
       </w:r>
@@ -7183,121 +6527,120 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4B45ED83" w14:textId="77777777" w:rsidR="00CB6E04" w:rsidRDefault="00CB6E04" w:rsidP="00CB6E04">
       <w:pPr>
         <w:pStyle w:val="Prrafo"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Asimismo, le informamos de que los datos proporcionados podrán ser comunicados a las entidades bancarias para gestionar el cobro del procedimiento, así como a la administración pública en los casos previstos por la Ley. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B59254" w14:textId="77777777" w:rsidR="00CB6E04" w:rsidRDefault="00CB6E04" w:rsidP="00CB6E04">
       <w:pPr>
         <w:pStyle w:val="Prrafo"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Puede ejercitar los derechos de acceso, rectificación, supresión, oposición, portabilidad y limitación del tratamiento en C/Serrano 240, 28016 Madrid o a la dirección de correo electrónico </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>rgpd@enac.es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, indicando como referencia “Protección de datos”. Asimismo, cuenta con derecho a presentar una reclamación ante la Agencia Española de Protección de Datos (AEPD).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156453E0" w14:textId="77777777" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156453E1" w14:textId="77777777" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
+    <w:p w14:paraId="156453E1" w14:textId="52A33420" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A392B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECCIÓN </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003E2C20">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="008A392B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: DATOS PARA LA FACTURACIÓN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156453E2" w14:textId="77777777" w:rsidR="006133C2" w:rsidRPr="008A392B" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -7420,51 +6763,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Texto21"/>
+      <w:bookmarkStart w:id="18" w:name="Texto21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -7506,102 +6849,102 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="156453F7" w14:textId="77777777" w:rsidR="006133C2" w:rsidRPr="00D90912" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D90912">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Domicilio: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Texto22"/>
+      <w:bookmarkStart w:id="19" w:name="Texto22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -7643,164 +6986,156 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="156453F8" w14:textId="68021795" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
+    <w:p w14:paraId="156453F8" w14:textId="68021795" w:rsidR="006133C2" w:rsidRPr="00AC7C00" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Localidad</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D90912">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Provincia</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="002923F0" w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Pais/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Código Postal: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Texto23"/>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="20" w:name="Texto23"/>
+      <w:r w:rsidRPr="00AC7C00">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
@@ -7836,93 +7171,93 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="156453F9" w14:textId="77777777" w:rsidR="006133C2" w:rsidRPr="00D90912" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D90912">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N.I.F.: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="Texto24"/>
+      <w:bookmarkStart w:id="21" w:name="Texto24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -7964,51 +7299,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="156453FA" w14:textId="77777777" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="156453FB" w14:textId="77777777" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -8089,51 +7424,51 @@
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Texto25"/>
+      <w:bookmarkStart w:id="22" w:name="Texto25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -8175,51 +7510,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="156453FF" w14:textId="77777777" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15645400" w14:textId="77777777" w:rsidR="006133C2" w:rsidRPr="00D90912" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -8258,51 +7593,51 @@
       <w:r w:rsidRPr="00D90912">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Texto26"/>
+      <w:bookmarkStart w:id="23" w:name="Texto26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -8344,89 +7679,89 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="15645402" w14:textId="77777777" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D90912">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Texto27"/>
+      <w:bookmarkStart w:id="24" w:name="Texto27"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -8468,89 +7803,89 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="15645403" w14:textId="77777777" w:rsidR="006133C2" w:rsidRDefault="006133C2" w:rsidP="006133C2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Teléfono: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Texto28"/>
+      <w:bookmarkStart w:id="25" w:name="Texto28"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -8592,498 +7927,482 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="15645425" w14:textId="05FC1842" w:rsidR="00376470" w:rsidRPr="00376470" w:rsidRDefault="00376470" w:rsidP="004C3693">
-[...40 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:sectPr w:rsidR="006133C2" w:rsidSect="007B60DF">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="851" w:left="1134" w:header="720" w:footer="748" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BF84A30" w14:textId="77777777" w:rsidR="00567CD2" w:rsidRDefault="00567CD2">
+    <w:p w14:paraId="7DB57610" w14:textId="77777777" w:rsidR="00531CDA" w:rsidRDefault="00531CDA">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E9C7EC7" w14:textId="77777777" w:rsidR="00567CD2" w:rsidRDefault="00567CD2">
+    <w:p w14:paraId="6EFF3829" w14:textId="77777777" w:rsidR="00531CDA" w:rsidRDefault="00531CDA">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1141C812" w14:textId="77777777" w:rsidR="00567CD2" w:rsidRDefault="00567CD2">
+    <w:p w14:paraId="200ABEC4" w14:textId="77777777" w:rsidR="00531CDA" w:rsidRDefault="00531CDA">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
-    <w:charset w:val="01"/>
-    <w:family w:val="roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial,Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1564544F" w14:textId="6EDF8068" w:rsidR="00567CD2" w:rsidRPr="00E3053A" w:rsidRDefault="00567CD2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44000F65" w14:textId="3D2D7BF1" w:rsidR="00AC7C00" w:rsidRPr="00AC7C00" w:rsidRDefault="00567CD2">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve">S 15 Rev. </w:t>
+      <w:t>S</w:t>
     </w:r>
-    <w:r w:rsidR="00BD2A5A">
+    <w:r w:rsidR="00AC7C00" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="00DA59E6">
+    <w:r w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">15 Rev. </w:t>
     </w:r>
-    <w:r w:rsidR="002C4FAF">
+    <w:r w:rsidR="00BB2CC3" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve">     </w:t>
+      <w:t>7</w:t>
     </w:r>
-    <w:r w:rsidR="00713AAC">
+  </w:p>
+  <w:p w14:paraId="1564544F" w14:textId="0253B855" w:rsidR="00567CD2" w:rsidRPr="00AC7C00" w:rsidRDefault="00AC7C00">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t>Noviembre</w:t>
-[...1 lines deleted...]
-    <w:r w:rsidR="00BD2A5A">
+    </w:pPr>
+    <w:r w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2019</w:t>
+      <w:t>Enero 2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00693842">
+    <w:r w:rsidR="00693842" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00693842">
+    <w:r w:rsidR="00693842" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E3053A">
+    <w:r w:rsidR="00567CD2" w:rsidRPr="00AC7C00">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DDBBE49" w14:textId="77777777" w:rsidR="00567CD2" w:rsidRDefault="00567CD2">
+    <w:p w14:paraId="19542D21" w14:textId="77777777" w:rsidR="00531CDA" w:rsidRDefault="00531CDA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B3E2E71" w14:textId="77777777" w:rsidR="00567CD2" w:rsidRDefault="00567CD2">
+    <w:p w14:paraId="29A0D50D" w14:textId="77777777" w:rsidR="00531CDA" w:rsidRDefault="00531CDA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6B28C8A6" w14:textId="77777777" w:rsidR="00567CD2" w:rsidRDefault="00567CD2"/>
+    <w:p w14:paraId="77EB6F26" w14:textId="77777777" w:rsidR="00531CDA" w:rsidRDefault="00531CDA"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1564544A" w14:textId="6B5EB120" w:rsidR="00567CD2" w:rsidRDefault="00567CD2">
     <w:pPr>
       <w:framePr w:hSpace="141" w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1147" w:y="577"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="10004" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1836"/>
-      <w:gridCol w:w="8168"/>
+      <w:gridCol w:w="1847"/>
+      <w:gridCol w:w="8157"/>
     </w:tblGrid>
     <w:tr w:rsidR="00567CD2" w14:paraId="1564544D" w14:textId="77777777" w:rsidTr="00B95C6C">
       <w:trPr>
         <w:trHeight w:val="1161"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="0" w:type="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="1564544B" w14:textId="77777777" w:rsidR="00567CD2" w:rsidRDefault="00567CD2" w:rsidP="00B95C6C">
+        <w:p w14:paraId="1564544B" w14:textId="42E3C006" w:rsidR="00567CD2" w:rsidRDefault="001A0BE1" w:rsidP="00B95C6C">
           <w:pPr>
             <w:spacing w:after="308" w:line="100" w:lineRule="exact"/>
             <w:rPr>
               <w:sz w:val="10"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
-              <w:sz w:val="10"/>
-              <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15645452" wp14:editId="15645453">
-[...2 lines deleted...]
-                  <wp:align>left</wp:align>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="364A8065" wp14:editId="6D9ABB73">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>11430</wp:posOffset>
                 </wp:positionH>
-                <wp:positionV relativeFrom="margin">
-                  <wp:align>top</wp:align>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-342265</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1028700" cy="628650"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="1035685" cy="600075"/>
+                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="2" name="Imagen 2"/>
+                <wp:docPr id="5" name="Imagen 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPr id="5" name="Imagen 5"/>
                         <pic:cNvPicPr>
-                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          <a:picLocks noChangeAspect="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1027020" cy="627623"/>
+                          <a:ext cx="1035685" cy="600075"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
+                <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
-                <wp14:sizeRelV relativeFrom="margin">
+                <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="0" w:type="auto"/>
         </w:tcPr>
         <w:p w14:paraId="1564544C" w14:textId="11E2F56B" w:rsidR="00567CD2" w:rsidRDefault="00567CD2" w:rsidP="00E3053A">
           <w:pPr>
             <w:suppressAutoHyphens/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="10"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00727EDA">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:spacing w:val="-3"/>
               <w:sz w:val="32"/>
@@ -9189,51 +8508,51 @@
             </w:rPr>
             <w:t>MIEMBRO</w:t>
           </w:r>
           <w:r w:rsidRPr="00E74A09">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:spacing w:val="-2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1564544E" w14:textId="77777777" w:rsidR="00567CD2" w:rsidRDefault="00567CD2" w:rsidP="00F1023E">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="042A6763"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16F8823C"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -11607,405 +10926,437 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1458142084">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2056275060">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1328244085">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="633561344">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1638489821">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1211378323">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1051226244">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2121101673">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1852722359">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1019813318">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1133525978">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1272084164">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="2021007118">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="174882520">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1793555143">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="334920248">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1350453635">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="641157084">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1106727929">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1124813639">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1170294570">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="119"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:markup="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ET/3rvBZMxwN1rG28jyuAvD/0nsVSOjUFHpQZp9RErKIn/aCeZ4jUnvYtuCcIxvy0C+ZXwYfBGsdsOh15RmU5w==" w:salt="esoWQoK6ovCCraj5qL/hgw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="D6vlBjVkRkYtKLRce3Ri8YaeN+aBwnQs1TwaT7Mqz1fiKnClteZnDc6EVg1WwwnI6u6OBjlQgLL7Ef48qa9Y4A==" w:salt="6TdCeDM61bXT2BjSDsTeeQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="978"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F46736"/>
     <w:rsid w:val="00016ED3"/>
     <w:rsid w:val="00022236"/>
+    <w:rsid w:val="000246B8"/>
     <w:rsid w:val="000353FC"/>
     <w:rsid w:val="000363E7"/>
     <w:rsid w:val="000368F0"/>
     <w:rsid w:val="000700D1"/>
     <w:rsid w:val="0007659B"/>
     <w:rsid w:val="0009340B"/>
     <w:rsid w:val="000B1293"/>
     <w:rsid w:val="000C1233"/>
     <w:rsid w:val="000D38EF"/>
     <w:rsid w:val="000D4F70"/>
     <w:rsid w:val="000E1134"/>
+    <w:rsid w:val="000E26D3"/>
     <w:rsid w:val="000F2E40"/>
     <w:rsid w:val="00100369"/>
     <w:rsid w:val="0010259C"/>
     <w:rsid w:val="00112A02"/>
     <w:rsid w:val="00114CE8"/>
+    <w:rsid w:val="00141194"/>
     <w:rsid w:val="00141E92"/>
     <w:rsid w:val="00157BD4"/>
     <w:rsid w:val="00191EA1"/>
+    <w:rsid w:val="001A0BE1"/>
     <w:rsid w:val="001A11E1"/>
+    <w:rsid w:val="001B48A7"/>
     <w:rsid w:val="001B657E"/>
     <w:rsid w:val="001C6B17"/>
     <w:rsid w:val="001C7A35"/>
     <w:rsid w:val="001E2C60"/>
     <w:rsid w:val="001F3CAA"/>
     <w:rsid w:val="001F4801"/>
     <w:rsid w:val="0020056E"/>
     <w:rsid w:val="00203E92"/>
     <w:rsid w:val="002220E8"/>
     <w:rsid w:val="00237987"/>
     <w:rsid w:val="0024543B"/>
     <w:rsid w:val="00245DFF"/>
     <w:rsid w:val="002923F0"/>
     <w:rsid w:val="002A00CB"/>
     <w:rsid w:val="002A03E7"/>
+    <w:rsid w:val="002A0BCA"/>
+    <w:rsid w:val="002B6DA0"/>
     <w:rsid w:val="002C4FAF"/>
+    <w:rsid w:val="002E1955"/>
     <w:rsid w:val="002F1D7C"/>
     <w:rsid w:val="002F65C0"/>
+    <w:rsid w:val="002F6F2F"/>
     <w:rsid w:val="003334FD"/>
     <w:rsid w:val="00341B93"/>
+    <w:rsid w:val="00344B32"/>
     <w:rsid w:val="00355036"/>
+    <w:rsid w:val="0036325F"/>
     <w:rsid w:val="00365A9B"/>
+    <w:rsid w:val="00367D05"/>
     <w:rsid w:val="00376470"/>
     <w:rsid w:val="0037746C"/>
     <w:rsid w:val="003877B5"/>
     <w:rsid w:val="0039453E"/>
     <w:rsid w:val="003B5093"/>
     <w:rsid w:val="003B69C5"/>
     <w:rsid w:val="003C1332"/>
+    <w:rsid w:val="003E2C20"/>
     <w:rsid w:val="003E62B5"/>
     <w:rsid w:val="003F6E48"/>
     <w:rsid w:val="00403CE5"/>
     <w:rsid w:val="0042780B"/>
     <w:rsid w:val="0046218D"/>
     <w:rsid w:val="00474181"/>
     <w:rsid w:val="00481AA2"/>
     <w:rsid w:val="004B192A"/>
     <w:rsid w:val="004C3693"/>
+    <w:rsid w:val="004E5AC3"/>
+    <w:rsid w:val="00506E8E"/>
     <w:rsid w:val="00512AC7"/>
+    <w:rsid w:val="00531CDA"/>
     <w:rsid w:val="005374D9"/>
     <w:rsid w:val="00544AB0"/>
     <w:rsid w:val="00553B30"/>
     <w:rsid w:val="00557D0A"/>
+    <w:rsid w:val="00563E23"/>
     <w:rsid w:val="00567CD2"/>
     <w:rsid w:val="00570A51"/>
     <w:rsid w:val="00575B62"/>
+    <w:rsid w:val="00590E56"/>
     <w:rsid w:val="00596BD7"/>
+    <w:rsid w:val="005B0380"/>
     <w:rsid w:val="00600504"/>
     <w:rsid w:val="00611C18"/>
     <w:rsid w:val="006133C2"/>
     <w:rsid w:val="0061632A"/>
     <w:rsid w:val="00621F89"/>
     <w:rsid w:val="006257F8"/>
+    <w:rsid w:val="006259C8"/>
     <w:rsid w:val="00650855"/>
     <w:rsid w:val="006521A0"/>
     <w:rsid w:val="00657660"/>
     <w:rsid w:val="00676992"/>
     <w:rsid w:val="00693842"/>
     <w:rsid w:val="006B5E3E"/>
     <w:rsid w:val="006C47C2"/>
     <w:rsid w:val="006C5B29"/>
     <w:rsid w:val="006F0FAD"/>
     <w:rsid w:val="00713AAC"/>
     <w:rsid w:val="0071414E"/>
     <w:rsid w:val="007217CF"/>
+    <w:rsid w:val="00727AAE"/>
     <w:rsid w:val="0073340F"/>
     <w:rsid w:val="007374DB"/>
     <w:rsid w:val="007576DE"/>
     <w:rsid w:val="00757F08"/>
     <w:rsid w:val="00761799"/>
+    <w:rsid w:val="00764C1D"/>
     <w:rsid w:val="007819A7"/>
     <w:rsid w:val="0079071F"/>
     <w:rsid w:val="007A40EB"/>
     <w:rsid w:val="007B0E63"/>
     <w:rsid w:val="007B493D"/>
     <w:rsid w:val="007B60DF"/>
     <w:rsid w:val="007C39A8"/>
     <w:rsid w:val="007D388D"/>
     <w:rsid w:val="007D55E7"/>
+    <w:rsid w:val="008142AC"/>
     <w:rsid w:val="00815D5A"/>
     <w:rsid w:val="008249BE"/>
     <w:rsid w:val="0083479F"/>
     <w:rsid w:val="00856DC5"/>
     <w:rsid w:val="00863920"/>
     <w:rsid w:val="00867544"/>
     <w:rsid w:val="0087207A"/>
     <w:rsid w:val="00881741"/>
     <w:rsid w:val="008969CC"/>
     <w:rsid w:val="008A73C4"/>
     <w:rsid w:val="008B1515"/>
     <w:rsid w:val="0092783B"/>
     <w:rsid w:val="00934407"/>
     <w:rsid w:val="009414B4"/>
     <w:rsid w:val="009416A5"/>
     <w:rsid w:val="0094663E"/>
     <w:rsid w:val="00950F0A"/>
     <w:rsid w:val="009531EA"/>
     <w:rsid w:val="009607B6"/>
     <w:rsid w:val="00962194"/>
     <w:rsid w:val="00962AE4"/>
     <w:rsid w:val="00990EEE"/>
     <w:rsid w:val="0099672B"/>
     <w:rsid w:val="009D5E6F"/>
     <w:rsid w:val="009E3EEE"/>
     <w:rsid w:val="009E580A"/>
     <w:rsid w:val="009F0B8A"/>
     <w:rsid w:val="009F3987"/>
     <w:rsid w:val="009F4954"/>
     <w:rsid w:val="00A374BC"/>
     <w:rsid w:val="00A47070"/>
     <w:rsid w:val="00A508D0"/>
+    <w:rsid w:val="00A52D2F"/>
     <w:rsid w:val="00A66603"/>
     <w:rsid w:val="00A66F60"/>
     <w:rsid w:val="00A83550"/>
     <w:rsid w:val="00A85F94"/>
     <w:rsid w:val="00A8604F"/>
     <w:rsid w:val="00A96F45"/>
     <w:rsid w:val="00AB3844"/>
+    <w:rsid w:val="00AC7C00"/>
     <w:rsid w:val="00AE41E9"/>
     <w:rsid w:val="00AE63ED"/>
     <w:rsid w:val="00B00280"/>
     <w:rsid w:val="00B175BE"/>
     <w:rsid w:val="00B36399"/>
     <w:rsid w:val="00B413F3"/>
     <w:rsid w:val="00B546C8"/>
     <w:rsid w:val="00B56144"/>
     <w:rsid w:val="00B602A7"/>
     <w:rsid w:val="00B613F9"/>
     <w:rsid w:val="00B6617E"/>
+    <w:rsid w:val="00B83165"/>
     <w:rsid w:val="00B9359B"/>
     <w:rsid w:val="00B95C6C"/>
     <w:rsid w:val="00BA401A"/>
+    <w:rsid w:val="00BB2CC3"/>
     <w:rsid w:val="00BD2A5A"/>
     <w:rsid w:val="00BD2D2D"/>
     <w:rsid w:val="00C0221F"/>
+    <w:rsid w:val="00C20856"/>
     <w:rsid w:val="00C21B5F"/>
     <w:rsid w:val="00C335F5"/>
     <w:rsid w:val="00C46CE9"/>
     <w:rsid w:val="00C63A24"/>
     <w:rsid w:val="00C80586"/>
+    <w:rsid w:val="00C9699B"/>
+    <w:rsid w:val="00CA08FB"/>
     <w:rsid w:val="00CB2B21"/>
     <w:rsid w:val="00CB6E04"/>
     <w:rsid w:val="00CC07E8"/>
     <w:rsid w:val="00CC7B42"/>
+    <w:rsid w:val="00D008B1"/>
     <w:rsid w:val="00D046E6"/>
     <w:rsid w:val="00D20BE9"/>
     <w:rsid w:val="00D35BCE"/>
     <w:rsid w:val="00D60043"/>
     <w:rsid w:val="00D770AA"/>
     <w:rsid w:val="00D97BDA"/>
     <w:rsid w:val="00DA59E6"/>
     <w:rsid w:val="00DC49F2"/>
     <w:rsid w:val="00DD0158"/>
     <w:rsid w:val="00DD5077"/>
     <w:rsid w:val="00DE7161"/>
     <w:rsid w:val="00DF38EC"/>
     <w:rsid w:val="00E00E98"/>
     <w:rsid w:val="00E14884"/>
     <w:rsid w:val="00E217CF"/>
     <w:rsid w:val="00E268FF"/>
     <w:rsid w:val="00E3053A"/>
     <w:rsid w:val="00E373B4"/>
     <w:rsid w:val="00E46ACF"/>
     <w:rsid w:val="00E51F77"/>
     <w:rsid w:val="00E53AF5"/>
     <w:rsid w:val="00E648E7"/>
     <w:rsid w:val="00E65CF6"/>
     <w:rsid w:val="00E7340D"/>
     <w:rsid w:val="00E86B77"/>
     <w:rsid w:val="00EB4131"/>
     <w:rsid w:val="00EC3DDC"/>
     <w:rsid w:val="00ED4DD2"/>
     <w:rsid w:val="00EF48A7"/>
     <w:rsid w:val="00EF7F23"/>
     <w:rsid w:val="00F073C2"/>
     <w:rsid w:val="00F1023E"/>
     <w:rsid w:val="00F3790F"/>
     <w:rsid w:val="00F42395"/>
     <w:rsid w:val="00F46736"/>
     <w:rsid w:val="00F530C3"/>
     <w:rsid w:val="00F55FA3"/>
     <w:rsid w:val="00F56715"/>
     <w:rsid w:val="00F60A8E"/>
     <w:rsid w:val="00F61275"/>
     <w:rsid w:val="00F72772"/>
     <w:rsid w:val="00F73BDD"/>
+    <w:rsid w:val="00F836F7"/>
     <w:rsid w:val="00F9407F"/>
     <w:rsid w:val="00F95FBC"/>
     <w:rsid w:val="00F96391"/>
+    <w:rsid w:val="00F964A5"/>
     <w:rsid w:val="00FA56E5"/>
     <w:rsid w:val="00FC1913"/>
     <w:rsid w:val="00FD0E3C"/>
     <w:rsid w:val="00FD439C"/>
     <w:rsid w:val="00FD45B4"/>
     <w:rsid w:val="00FD51C6"/>
     <w:rsid w:val="00FF032B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="15645276"/>
   <w15:docId w15:val="{60BFA85F-928F-4677-AD48-F595F7C1A03F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13525,55 +12876,141 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Refdenotaalpie1">
     <w:name w:val="Ref. de nota al pie1"/>
     <w:qFormat/>
     <w:rsid w:val="00BD2A5A"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prrafo">
     <w:name w:val="Párrafo"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BD2A5A"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="119" w:after="119" w:line="288" w:lineRule="auto"/>
       <w:ind w:firstLine="283"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisin">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BB2CC3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="es-ES_tradnl"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A52D2F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdecomentario">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00344B32"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textocomentario">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextocomentarioCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00344B32"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
+    <w:name w:val="Texto comentario Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textocomentario"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00344B32"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:lang w:val="es-ES_tradnl"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Textocomentario"/>
+    <w:next w:val="Textocomentario"/>
+    <w:link w:val="AsuntodelcomentarioCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00344B32"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
+    <w:name w:val="Asunto del comentario Car"/>
+    <w:basedOn w:val="TextocomentarioCar"/>
+    <w:link w:val="Asuntodelcomentario"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00344B32"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:val="es-ES_tradnl"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="246424652">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="451245164">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13589,227 +13026,242 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="639269290">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secent@enac.es" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgpd@enac.es" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secent@enac.es" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:operaciones@enac.es" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgpd@enac.es" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secent@enac.es" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secent@enac.es" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A75578E39EDC475996721E50D291DD1B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DE6B24BA-A028-44F9-A5F3-6FDEA6BDA189}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D60948" w:rsidRDefault="00D60948" w:rsidP="00D60948">
           <w:pPr>
             <w:pStyle w:val="A75578E39EDC475996721E50D291DD1B"/>
           </w:pPr>
           <w:r w:rsidRPr="00B77EF1">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Haga clic aquí para escribir una fecha.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
-    <w:charset w:val="01"/>
-    <w:family w:val="roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial,Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D60948"/>
+    <w:rsid w:val="00184924"/>
     <w:rsid w:val="001A1301"/>
+    <w:rsid w:val="001B48A7"/>
+    <w:rsid w:val="002678BC"/>
+    <w:rsid w:val="002E1955"/>
     <w:rsid w:val="00323831"/>
+    <w:rsid w:val="00367D05"/>
     <w:rsid w:val="004C4647"/>
     <w:rsid w:val="005276BC"/>
+    <w:rsid w:val="00764C1D"/>
+    <w:rsid w:val="00B83165"/>
+    <w:rsid w:val="00CA0BC2"/>
     <w:rsid w:val="00CD29EA"/>
+    <w:rsid w:val="00CE6FB6"/>
     <w:rsid w:val="00D60948"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="62CFC081"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14208,51 +13660,51 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005276BC"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A75578E39EDC475996721E50D291DD1B">
     <w:name w:val="A75578E39EDC475996721E50D291DD1B"/>
     <w:rsid w:val="00D60948"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -14515,78 +13967,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{902EF03E-9525-453B-9815-9A9B52B06605}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1378</Words>
-  <Characters>7583</Characters>
+  <Words>1292</Words>
+  <Characters>7111</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Solicitud y cuestionario Entidades [procedure]</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ENAC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8944</CharactersWithSpaces>
+  <CharactersWithSpaces>8387</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="78" baseType="variant">
       <vt:variant>
         <vt:i4>3407892</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>46</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:secent@enac.es</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3407892</vt:i4>
       </vt:variant>
       <vt:variant>